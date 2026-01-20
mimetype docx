--- v0 (2025-12-07)
+++ v1 (2026-01-20)
@@ -91,53 +91,65 @@
       <w:r w:rsidRPr="00487C8F">
         <w:t xml:space="preserve"> afin de te permettre de travailler sur </w:t>
       </w:r>
       <w:r w:rsidRPr="00487C8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>la pérennisation des locaux de ton unité</w:t>
       </w:r>
       <w:r w:rsidRPr="00487C8F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25195E2B" w14:textId="75ED258A" w:rsidR="00487C8F" w:rsidRPr="00487C8F" w:rsidRDefault="00487C8F" w:rsidP="00487C8F">
       <w:r w:rsidRPr="00487C8F">
         <w:t xml:space="preserve">En fonction de tes réponses, des enjeux de ton unité et des points d’action identifiés, nous te proposons un renvoi vers les outils de notre </w:t>
       </w:r>
       <w:r w:rsidR="004679DF">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00487C8F">
         <w:t xml:space="preserve">édération. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3709F5B9" w14:textId="689C489B" w:rsidR="00680BDC" w:rsidRDefault="00487C8F" w:rsidP="00487C8F">
+    <w:p w14:paraId="3709F5B9" w14:textId="7A28C79F" w:rsidR="00680BDC" w:rsidRDefault="00487C8F" w:rsidP="00487C8F">
       <w:r w:rsidRPr="00487C8F">
-        <w:t xml:space="preserve">Découvre un cahier intitulé local d’unité qui t’apportera déjà quelques réponse </w:t>
+        <w:t xml:space="preserve">Découvre un cahier intitulé </w:t>
+      </w:r>
+      <w:r w:rsidR="00564C0B">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487C8F">
+        <w:t>ocal d’unité qui t’apportera déjà quelques réponse</w:t>
+      </w:r>
+      <w:r w:rsidR="00564C0B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487C8F">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00487C8F">
           <w:rPr>
             <w:rStyle w:val="hyperlienCar"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://lesscouts.be/api</w:t>
         </w:r>
         <w:r w:rsidRPr="00680BDC">
           <w:rPr>
             <w:rStyle w:val="hyperlienCar"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>/file-fichie</w:t>
         </w:r>
         <w:r w:rsidRPr="00487C8F">
           <w:rPr>
             <w:rStyle w:val="hyperlienCar"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>rs/4540</w:t>
@@ -270,55 +282,53 @@
           <w:p w14:paraId="6AFAD689" w14:textId="739E68D6" w:rsidR="009F0524" w:rsidRPr="00942328" w:rsidRDefault="009F0524" w:rsidP="009F0524">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
             <w:r w:rsidRPr="00942328">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Unité :</w:t>
             </w:r>
             <w:r w:rsidRPr="00942328">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51AEBA2C" w14:textId="62173513" w:rsidR="009F0524" w:rsidRPr="00942328" w:rsidRDefault="009F0524" w:rsidP="009F0524">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00942328">
               <w:t>classique</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00942328">
               <w:rPr>
                 <w:rStyle w:val="Appelnotedebasdep"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r w:rsidRPr="00942328">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00942328">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="29B8CE"/>
               </w:rPr>
               <w:t>|</w:t>
             </w:r>
             <w:r w:rsidRPr="00942328">
               <w:t xml:space="preserve"> sœur</w:t>
             </w:r>
             <w:r w:rsidRPr="00942328">
               <w:rPr>
                 <w:rStyle w:val="Appelnotedebasdep"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
@@ -743,61 +753,52 @@
             </w:r>
             <w:r w:rsidRPr="00CF4CD9">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="009F0524">
               <w:t xml:space="preserve">(situation factuelle des locaux. </w:t>
             </w:r>
             <w:r w:rsidR="00BA3731">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="009F0524">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Ex : dans une école, isolé, dans les </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Ex : dans une école, isolé, dans les bois,…</w:t>
+            </w:r>
             <w:r w:rsidRPr="009F0524">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF4CD9">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5810" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2ACDAF4A" w14:textId="77777777" w:rsidR="00CF4CD9" w:rsidRPr="00680BDC" w:rsidRDefault="00CF4CD9" w:rsidP="00CF4CD9">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF4CD9" w:rsidRPr="00ED18FA" w14:paraId="3976C59E" w14:textId="77777777" w:rsidTr="00BA3731">
@@ -1530,65 +1531,56 @@
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DCF4F8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7221FE00" w14:textId="77777777" w:rsidR="002D3A7B" w:rsidRPr="00A22CA4" w:rsidRDefault="002D3A7B" w:rsidP="00A22CA4">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ACEC4A8" w14:textId="77777777" w:rsidR="002D3A7B" w:rsidRPr="002D3A7B" w:rsidRDefault="002D3A7B" w:rsidP="00A22CA4">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002D3A7B">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>E-Mail</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">E-Mail : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D1A4D53" w14:textId="4384DAE8" w:rsidR="002D3A7B" w:rsidRPr="00A22CA4" w:rsidRDefault="002D3A7B" w:rsidP="00A22CA4">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3731" w:rsidRPr="00E1183F" w14:paraId="31CF179D" w14:textId="77777777" w:rsidTr="00BA3731">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DCF4F8"/>
@@ -2033,97 +2025,72 @@
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3A7B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2338E528" w14:textId="5BEC9B3D" w:rsidR="002302B3" w:rsidRPr="002D3A7B" w:rsidRDefault="002302B3" w:rsidP="00FD62FB">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3A7B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>(</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D3A7B">
+              <w:t>(ex : Convention d’occupation précaire,</w:t>
+            </w:r>
+            <w:r w:rsidR="00843378">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>ex</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D3A7B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009F0524">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> : Convention d’occupation précaire,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00843378">
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3A7B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>ail,…)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="23BAC2A2" w14:textId="77777777" w:rsidR="002302B3" w:rsidRPr="00A22CA4" w:rsidRDefault="002302B3" w:rsidP="00FD62FB">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00843378" w:rsidRPr="00E1183F" w14:paraId="617AFB45" w14:textId="77777777" w:rsidTr="00BA3731">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2756,67 +2723,51 @@
           <w:p w14:paraId="35FEB00A" w14:textId="77777777" w:rsidR="009F0524" w:rsidRPr="00A22CA4" w:rsidRDefault="009F0524" w:rsidP="00A22CA4">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2164" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AC9A2D9" w14:textId="77777777" w:rsidR="009F0524" w:rsidRPr="002302B3" w:rsidRDefault="009F0524" w:rsidP="00A22CA4">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002302B3">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> de chauffage) :</w:t>
+              <w:t>(type de chauffage) :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06B4341F" w14:textId="659EDE79" w:rsidR="009F0524" w:rsidRPr="00BA3731" w:rsidRDefault="009F0524" w:rsidP="00A22CA4">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A403D7D" w14:textId="77777777" w:rsidR="009F0524" w:rsidRPr="00A22CA4" w:rsidRDefault="009F0524" w:rsidP="00A22CA4">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
@@ -3627,65 +3578,56 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77994DFE" w14:textId="77777777" w:rsidR="006C2DCA" w:rsidRPr="00903A36" w:rsidRDefault="006C2DCA" w:rsidP="009A268A">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D7F4E9D" w14:textId="77777777" w:rsidR="006C2DCA" w:rsidRPr="00903A36" w:rsidRDefault="006C2DCA" w:rsidP="009A268A">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00903A36">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>E-Mail</w:t>
-[...7 lines deleted...]
-              <w:t> :</w:t>
+              <w:t>E-Mail :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F520EDF" w14:textId="02F57467" w:rsidR="006C2DCA" w:rsidRPr="006C2DCA" w:rsidRDefault="006C2DCA" w:rsidP="009A268A">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C2DCA" w:rsidRPr="009A268A" w14:paraId="20E70412" w14:textId="77777777" w:rsidTr="00CB3F45">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DCF4F8"/>
             <w:vAlign w:val="center"/>
@@ -3855,65 +3797,56 @@
               <w:t>De quelle nature</w:t>
             </w:r>
             <w:r w:rsidR="00BA57F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00903A36">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="009A268A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="009A268A">
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009A268A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>ex</w:t>
-[...7 lines deleted...]
-              <w:t> : ROI</w:t>
+              <w:t>ex : ROI</w:t>
             </w:r>
             <w:r w:rsidR="004679DF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>, c</w:t>
             </w:r>
             <w:r w:rsidRPr="009A268A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">harte…) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64CAD7FB" w14:textId="77777777" w:rsidR="00CB3F45" w:rsidRPr="009A268A" w:rsidRDefault="00CB3F45" w:rsidP="009A268A">
             <w:pPr>
               <w:pStyle w:val="textetableau"/>
@@ -6486,51 +6419,51 @@
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="auto"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:id w:val="-623304818"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="5CA84417" w14:textId="77777777" w:rsidR="00002931" w:rsidRPr="00EB0134" w:rsidRDefault="00002931" w:rsidP="00002931">
         <w:pPr>
           <w:pStyle w:val="Normal-justifigauche"/>
           <w:rPr>
             <w:color w:val="95C11E"/>
           </w:rPr>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="3E491600" w14:textId="77777777" w:rsidR="00110C0C" w:rsidRDefault="00000000">
+      <w:p w14:paraId="3E491600" w14:textId="77777777" w:rsidR="00110C0C" w:rsidRDefault="00564C0B">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="14DDCA34" w14:textId="77777777" w:rsidR="0070392E" w:rsidRDefault="00865818">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r w:rsidRPr="00D96B4D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-BE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BAD1A13" wp14:editId="6ACE3021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -11933,52 +11866,52 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1363895685">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1389067467">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="320356689">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="622152583">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1626740649">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="18162878">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:val="fullPage" w:percent="69"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0068782B"/>
@@ -12079,61 +12012,63 @@
     <w:rsid w:val="004407DA"/>
     <w:rsid w:val="00460416"/>
     <w:rsid w:val="0046595A"/>
     <w:rsid w:val="00466C94"/>
     <w:rsid w:val="0046760E"/>
     <w:rsid w:val="004679DF"/>
     <w:rsid w:val="00472FE8"/>
     <w:rsid w:val="004855AA"/>
     <w:rsid w:val="00487C8F"/>
     <w:rsid w:val="00487F75"/>
     <w:rsid w:val="004979B4"/>
     <w:rsid w:val="004A070C"/>
     <w:rsid w:val="004A71CD"/>
     <w:rsid w:val="004D3CB2"/>
     <w:rsid w:val="004D7F8C"/>
     <w:rsid w:val="004E2B84"/>
     <w:rsid w:val="004E568E"/>
     <w:rsid w:val="004E646F"/>
     <w:rsid w:val="004F0AE7"/>
     <w:rsid w:val="00530492"/>
     <w:rsid w:val="00533EF9"/>
     <w:rsid w:val="0053520E"/>
     <w:rsid w:val="00541130"/>
     <w:rsid w:val="00546366"/>
     <w:rsid w:val="0056068E"/>
+    <w:rsid w:val="00564C0B"/>
     <w:rsid w:val="0056797A"/>
     <w:rsid w:val="0057554F"/>
     <w:rsid w:val="005A5DDB"/>
     <w:rsid w:val="005B0DE0"/>
     <w:rsid w:val="005B2AFA"/>
     <w:rsid w:val="005B37E7"/>
     <w:rsid w:val="005D61C2"/>
     <w:rsid w:val="005E5033"/>
     <w:rsid w:val="005F6C59"/>
     <w:rsid w:val="006149EE"/>
     <w:rsid w:val="00621C3F"/>
+    <w:rsid w:val="0063425E"/>
     <w:rsid w:val="00640746"/>
     <w:rsid w:val="0064185B"/>
     <w:rsid w:val="00645C4F"/>
     <w:rsid w:val="00655FF2"/>
     <w:rsid w:val="00677A0F"/>
     <w:rsid w:val="00680592"/>
     <w:rsid w:val="00680BDC"/>
     <w:rsid w:val="0068782B"/>
     <w:rsid w:val="0069375E"/>
     <w:rsid w:val="00694E08"/>
     <w:rsid w:val="006C2DCA"/>
     <w:rsid w:val="006C3613"/>
     <w:rsid w:val="006E5868"/>
     <w:rsid w:val="00700B3C"/>
     <w:rsid w:val="0070392E"/>
     <w:rsid w:val="00704B5B"/>
     <w:rsid w:val="00714019"/>
     <w:rsid w:val="00730571"/>
     <w:rsid w:val="00733523"/>
     <w:rsid w:val="00733C81"/>
     <w:rsid w:val="007352C6"/>
     <w:rsid w:val="00760AA5"/>
     <w:rsid w:val="0078298C"/>
     <w:rsid w:val="007857B8"/>
     <w:rsid w:val="007C390D"/>
@@ -14482,51 +14417,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E226C3BF5743E746AD5F575A4D2A723E" ma:contentTypeVersion="13" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="9ef3e39c59fcde31541062d6d45bf589">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="5a2a9dba-f992-4a02-a3f6-b5bb7d32a645" xmlns:ns4="3d11f0be-4c45-4a54-a14a-d035159e1369" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6f31a4114f86b3cf1bb7e882bbcc9026" ns3:_="" ns4:_="">
     <xsd:import namespace="5a2a9dba-f992-4a02-a3f6-b5bb7d32a645"/>
     <xsd:import namespace="3d11f0be-4c45-4a54-a14a-d035159e1369"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
@@ -14707,141 +14647,136 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="3d11f0be-4c45-4a54-a14a-d035159e1369" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24AC3483-53C9-4C7F-B8F9-C4CCD83A6977}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{459A00F9-F985-4144-8CCF-D283CCE46F68}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DC1790B-B234-442B-91F0-6C8EC4417BC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5a2a9dba-f992-4a02-a3f6-b5bb7d32a645"/>
     <ds:schemaRef ds:uri="3d11f0be-4c45-4a54-a14a-d035159e1369"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{459A00F9-F985-4144-8CCF-D283CCE46F68}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24AC3483-53C9-4C7F-B8F9-C4CCD83A6977}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1311D589-6651-4981-8329-201C6AC96416}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3d11f0be-4c45-4a54-a14a-d035159e1369"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>542</Words>
+  <Words>543</Words>
   <Characters>2987</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Les Scouts Baden-Powell de Belgique</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3522</CharactersWithSpaces>
+  <CharactersWithSpaces>3523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Katia Czernich</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E226C3BF5743E746AD5F575A4D2A723E</vt:lpwstr>