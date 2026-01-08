--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -6,51 +6,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="492A158A" w14:textId="41F15BE9" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00E87101">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD "NAME2" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -467,465 +467,526 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD "CITY" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>«CITY»</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F0F756" w14:textId="43DB2042" w:rsidR="00C7280D" w:rsidRPr="00E87101" w:rsidRDefault="00C7280D" w:rsidP="00E87101">
+    <w:p w14:paraId="44F0F756" w14:textId="43DB2042" w:rsidR="00C7280D" w:rsidRDefault="00C7280D" w:rsidP="00E87101">
       <w:pPr>
         <w:ind w:right="1411"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B4D699E" w14:textId="77777777" w:rsidR="00C7280D" w:rsidRPr="00E87101" w:rsidRDefault="00C7280D" w:rsidP="00E87101">
+    <w:p w14:paraId="13758599" w14:textId="77777777" w:rsidR="00DD2248" w:rsidRPr="00E87101" w:rsidRDefault="00DD2248" w:rsidP="00E87101">
       <w:pPr>
         <w:ind w:right="1411"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13D9C843" w14:textId="77777777" w:rsidR="00C7280D" w:rsidRPr="00E87101" w:rsidRDefault="00C7280D" w:rsidP="00E87101">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="13D9C843" w14:textId="516BD579" w:rsidR="00C7280D" w:rsidRPr="00E87101" w:rsidRDefault="00DD2248" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:ind w:right="-8"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:right="1411"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6D407B21" w14:textId="4AEBBC2B" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DC4528">
+        <w:t>Le 19 december 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1A016E" w14:textId="77777777" w:rsidR="00927747" w:rsidRPr="00E87101" w:rsidRDefault="00927747" w:rsidP="00DC4528">
+      <w:pPr>
+        <w:ind w:right="1411"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D407B21" w14:textId="4AEBBC2B" w:rsidR="00E87101" w:rsidRPr="00DD2248" w:rsidRDefault="00E87101" w:rsidP="00DC4528">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2775"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="21"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2248">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Concerne :</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00DD2248">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00DC4528" w:rsidRPr="00DD2248">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Don </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2248">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>à l’unité ………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC081DE" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DC4528">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D431C9B" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Chère amie, cher ami du scoutisme,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52AD42EB" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BED1EB1" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Vous en avez peut-être déjà entendu parler, l’unité ………………………… a pour projet de ……………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32BF46AA" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F06C3D8" w14:textId="148A2B67" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Soucieux de continuer à consacrer nos réunions à des activités scoutes et non pas à de la récolte de fonds, nous avons choisi de faire appel à votre générosité. Tout don, aussi minime soit-il, nous permettra de faire avancer ce projet qui nous tient à cœur pour le bienêtre des membres de l’unité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7194185F" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5977EBB9" w14:textId="12C7F2D5" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Sachez, en outre, qu’en nous faisant un don via un versement sur un compte de la fédération Les Scouts</w:t>
+      </w:r>
       <w:r w:rsidR="00DC4528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Don</w:t>
-[...126 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> ASBL</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, vous pourrez bénéficier d’une </w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>déduction fiscale</w:t>
       </w:r>
       <w:r w:rsidR="00ED6891">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de 45%</w:t>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2248">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6891">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour les montants à partir de 40€</w:t>
       </w:r>
       <w:r w:rsidR="000B6A25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689AF1BF" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DC4528">
-[...8 lines deleted...]
-    <w:p w14:paraId="1B39088D" w14:textId="1D3D7C63" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DC4528">
+    <w:p w14:paraId="689AF1BF" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53070657" w14:textId="6C4978DA" w:rsidR="00DD2248" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>Pour en bénéficier, il suffit de verser votre contribution sur le compte LES SCOUTS ASBL BE14 6300 1136 1183, en indiquant bien la communication suivante</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour en bénéficier, il suffit de verser votre contribution sur le compte LES SCOUTS ASBL </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE38BCD" w14:textId="77777777" w:rsidR="00DD2248" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>BE14 6300 1136 1183, en indiquant bien la communication suivante</w:t>
       </w:r>
       <w:r w:rsidR="007429D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1B39088D" w14:textId="59AE46EB" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00DC4528" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00DC4528" w:rsidRPr="00584247">
+      <w:r w:rsidRPr="00584247">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CodeUnité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005D47E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007429D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">NISS-Nom-Prénom </w:t>
       </w:r>
       <w:r w:rsidR="005D47E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>(du donateur ou de la donatrice).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7609CCBB" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DC4528">
-[...9 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="7609CCBB" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71001505" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>L’unité vous remercie de votre soutien. Grâce à vous, nous pourrons continuer à proposer un scoutisme de qualité aux jeunes qui nous sont confiés.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B336105" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DC4528">
-[...9 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="2B336105" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B921B72" w14:textId="3EFD5E7D" w:rsidR="00E87101" w:rsidRDefault="00E87101" w:rsidP="00E87101">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Avec nos meilleures salutations scoutes,</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="75C35E84" w14:textId="77777777" w:rsidR="00E87101" w:rsidRDefault="00E87101" w:rsidP="00E87101">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EA708C7" w14:textId="77777777" w:rsidR="007429D9" w:rsidRPr="00E87101" w:rsidRDefault="007429D9" w:rsidP="00E87101">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FC196BA" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00E87101">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -966,52 +1027,53 @@
       <w:r w:rsidRPr="007429D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Animateur</w:t>
       </w:r>
       <w:r w:rsidR="007429D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">/Animatrice </w:t>
       </w:r>
       <w:r w:rsidRPr="007429D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>d’unité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57210CDC" w14:textId="1D5F91BC" w:rsidR="007429D9" w:rsidRPr="007429D9" w:rsidRDefault="007429D9" w:rsidP="007429D9">
-      <w:pPr>
+    <w:p w14:paraId="57210CDC" w14:textId="1D5F91BC" w:rsidR="007429D9" w:rsidRPr="007429D9" w:rsidRDefault="007429D9" w:rsidP="00DD2248">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007429D9">
         <w:rPr>
           <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="007429D9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Comme le prévoient les articles 66 et suivants de la loi du 28 décembre 2023 portant des dispositions fiscales diverses (M.B. 29.12.2023), la Fédération les Scouts Baden-Powell de Belgique collecte et traite diverses données privées relatives à ses donateurs et donatrices. Cette collecte des données répond à l’obligation de nous conformer à une nouvelle obligation (L28/12/2023) de transmission des données contenues dans l’attestation fiscale 281.71 de nos donateurs et donatrices à l’administration fiscale (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007429D9">
         <w:rPr>
@@ -1071,86 +1133,86 @@
       <w:r w:rsidRPr="007429D9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">En cas de question, n’hésitez pas à nous contacter à l’adresse </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="007429D9">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>privacy@lesscouts.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007429D9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004D7CCB" w:rsidRPr="007429D9" w:rsidSect="00B20AA2">
+    <w:sectPr w:rsidR="004D7CCB" w:rsidRPr="007429D9" w:rsidSect="00DD2248">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="3124" w:right="1418" w:bottom="1418" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="2843" w:right="1418" w:bottom="1418" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="544F2F52" w14:textId="77777777" w:rsidR="00F87A30" w:rsidRDefault="00F87A30" w:rsidP="00202C3E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6B6DE115" w14:textId="77777777" w:rsidR="00F87A30" w:rsidRDefault="00F87A30" w:rsidP="00202C3E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -1161,82 +1223,82 @@
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Muli Black">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FDE2159" w14:textId="77777777" w:rsidR="006F1DEF" w:rsidRDefault="006F1DEF" w:rsidP="006F1DEF">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:left="-567"/>
       <w:rPr>
         <w:rFonts w:ascii="Muli Black" w:hAnsi="Muli Black"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC2FAB">
       <w:rPr>
         <w:rFonts w:ascii="Muli Black" w:hAnsi="Muli Black"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:vertAlign w:val="subscript"/>
         <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6635C53A" wp14:editId="37DC323D">
           <wp:extent cx="393182" cy="440362"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2" name="Image 2"/>
+          <wp:docPr id="1990124988" name="Image 1990124988"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="457926" cy="512875"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
@@ -1369,120 +1431,122 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BB5F08">
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:color w:val="1A4268"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:t>1050 Bruxelles</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="240EC8B0" w14:textId="77777777" w:rsidR="006F1DEF" w:rsidRPr="00BB5F08" w:rsidRDefault="006F1DEF" w:rsidP="006F1DEF">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:left="-567"/>
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:color w:val="84BF41"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00BB5F08">
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="84BF41"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:t>www.lesscouts.be</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00BB5F08">
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="84BF41"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="26AC270C" w14:textId="104A8174" w:rsidR="00E52AA6" w:rsidRPr="006043D1" w:rsidRDefault="00E52AA6" w:rsidP="006043D1">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10600213" w14:textId="36C2D385" w:rsidR="00C7280D" w:rsidRDefault="00CC2FAB" w:rsidP="006F1DEF">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:left="-567"/>
       <w:rPr>
         <w:rFonts w:ascii="Muli Black" w:hAnsi="Muli Black"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC2FAB">
       <w:rPr>
         <w:rFonts w:ascii="Muli Black" w:hAnsi="Muli Black"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:vertAlign w:val="subscript"/>
         <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A701B8A" wp14:editId="43AFDBC3">
           <wp:extent cx="393182" cy="440362"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="24" name="Image 24"/>
+          <wp:docPr id="2023468712" name="Image 2023468712"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="457926" cy="512875"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
@@ -1540,442 +1604,428 @@
     <w:r w:rsidR="00ED1E23">
       <w:rPr>
         <w:rFonts w:ascii="Muli Black" w:hAnsi="Muli Black"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1A4268"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6D13D9DF" w14:textId="77777777" w:rsidR="00C7280D" w:rsidRPr="00BB5F08" w:rsidRDefault="00C7280D" w:rsidP="00C7280D">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:left="-567"/>
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:color w:val="84BF41"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00BB5F08">
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="84BF41"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:t>www.lesscouts.be</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00BB5F08">
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="84BF41"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C5C8786" w14:textId="6453B0C1" w:rsidR="00C7280D" w:rsidRPr="00C7280D" w:rsidRDefault="00C7280D" w:rsidP="006F1DEF">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="702"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D573D4">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C03DB0E" wp14:editId="7AF78080">
           <wp:extent cx="4875272" cy="525523"/>
           <wp:effectExtent l="0" t="0" r="1905" b="8255"/>
-          <wp:docPr id="110" name="Image 110"/>
+          <wp:docPr id="1353379522" name="Image 1353379522"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5270069" cy="568080"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="448A5BFE" w14:textId="77777777" w:rsidR="00F87A30" w:rsidRDefault="00F87A30" w:rsidP="00202C3E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="651FAA96" w14:textId="77777777" w:rsidR="00F87A30" w:rsidRDefault="00F87A30" w:rsidP="00202C3E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E38D75B" w14:textId="7B250A68" w:rsidR="00836E95" w:rsidRPr="00BE33FB" w:rsidRDefault="00714E66" w:rsidP="00F37E20">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="5492"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-1411"/>
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00714E66">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21C04AB4" wp14:editId="3DC64A81">
           <wp:extent cx="591241" cy="900332"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="3" name="Image 3"/>
+          <wp:docPr id="1769287435" name="Image 1769287435"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="641147" cy="976327"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5792EAEA" w14:textId="76671E05" w:rsidR="00C7280D" w:rsidRPr="00257DAF" w:rsidRDefault="00C7280D" w:rsidP="00257DAF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5792EAEA" w14:textId="02E28F83" w:rsidR="00C7280D" w:rsidRPr="00257DAF" w:rsidRDefault="00C7280D" w:rsidP="00257DAF">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="1411"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:softHyphen/>
     </w:r>
     <w:r>
       <w:softHyphen/>
     </w:r>
     <w:r w:rsidRPr="00D573D4">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00714E66" w:rsidRPr="00714E66">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="281C8723" wp14:editId="5594E813">
           <wp:extent cx="816421" cy="1243232"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
-          <wp:docPr id="1" name="Image 1"/>
+          <wp:docPr id="1905050519" name="Image 1905050519"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="849480" cy="1293574"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00714E66" w:rsidRPr="00714E66">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00836E95">
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="00836E95">
-[...16 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00202C3E"/>
     <w:rsid w:val="0000490F"/>
     <w:rsid w:val="000B6A25"/>
     <w:rsid w:val="000E45C0"/>
     <w:rsid w:val="00126D08"/>
     <w:rsid w:val="001455BC"/>
     <w:rsid w:val="00175E67"/>
     <w:rsid w:val="00196EBC"/>
     <w:rsid w:val="001C3ECA"/>
+    <w:rsid w:val="001F0082"/>
     <w:rsid w:val="00202C3E"/>
     <w:rsid w:val="00216A15"/>
     <w:rsid w:val="002447CC"/>
     <w:rsid w:val="00257DAF"/>
     <w:rsid w:val="003B30DE"/>
     <w:rsid w:val="003E78A6"/>
     <w:rsid w:val="004D7CCB"/>
     <w:rsid w:val="004E2E6A"/>
     <w:rsid w:val="005217FA"/>
     <w:rsid w:val="005614B6"/>
     <w:rsid w:val="00584247"/>
     <w:rsid w:val="005D47E2"/>
     <w:rsid w:val="005F673B"/>
     <w:rsid w:val="006043D1"/>
     <w:rsid w:val="006644C6"/>
     <w:rsid w:val="006E097B"/>
     <w:rsid w:val="006F1DEF"/>
     <w:rsid w:val="00714E66"/>
     <w:rsid w:val="007429D9"/>
     <w:rsid w:val="007C3F86"/>
     <w:rsid w:val="007C473A"/>
     <w:rsid w:val="00814FE7"/>
     <w:rsid w:val="00836E95"/>
     <w:rsid w:val="008E5D24"/>
     <w:rsid w:val="00927747"/>
     <w:rsid w:val="00A07E19"/>
     <w:rsid w:val="00A73C16"/>
     <w:rsid w:val="00A970E0"/>
     <w:rsid w:val="00AD0CC3"/>
     <w:rsid w:val="00B20AA2"/>
     <w:rsid w:val="00BB5F08"/>
     <w:rsid w:val="00BE33FB"/>
     <w:rsid w:val="00C36096"/>
     <w:rsid w:val="00C67121"/>
     <w:rsid w:val="00C7280D"/>
     <w:rsid w:val="00CC2FAB"/>
     <w:rsid w:val="00D15B96"/>
     <w:rsid w:val="00D43B68"/>
     <w:rsid w:val="00D573D4"/>
     <w:rsid w:val="00DB6A69"/>
     <w:rsid w:val="00DC4528"/>
+    <w:rsid w:val="00DD2248"/>
     <w:rsid w:val="00E52AA6"/>
     <w:rsid w:val="00E64923"/>
     <w:rsid w:val="00E87101"/>
     <w:rsid w:val="00ED1E23"/>
     <w:rsid w:val="00ED6891"/>
     <w:rsid w:val="00F37E20"/>
     <w:rsid w:val="00F543E1"/>
     <w:rsid w:val="00F87A30"/>
     <w:rsid w:val="00FF2B66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4E9293B7"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2525,51 +2575,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED6891"/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007429D9"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="475150772">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="504169898">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2899,86 +2949,86 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA12BC9B-78C0-4119-ABFA-82AC0B0AD06C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>372</Words>
-  <Characters>2052</Characters>
+  <Words>375</Words>
+  <Characters>2068</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Les Scouts Asbl
 21, Rue De Dublin
 1050 Bruxelles
 www.Lesscouts.Be</vt:lpstr>
       <vt:lpstr>Evel Modiciur</vt:lpstr>
       <vt:lpstr>Nkjoijd Vkhdoi</vt:lpstr>
       <vt:lpstr>Legal Officer</vt:lpstr>
       <vt:lpstr>T +32 (0)2 213 32 34</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2420</CharactersWithSpaces>
+  <CharactersWithSpaces>2439</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Les Scouts Asbl
 21, Rue De Dublin
 1050 Bruxelles
 www.Lesscouts.Be</dc:title>
   <dc:subject/>
   <dc:creator>Fabien Tielemans</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>