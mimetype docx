--- v1 (2026-01-08)
+++ v2 (2026-02-28)
@@ -345,161 +345,170 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6E89340F" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00E87101">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve">" "" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209F16FE" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00E87101">
+    <w:p w14:paraId="209F16FE" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="001336C1" w:rsidRDefault="00E87101" w:rsidP="00E87101">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001336C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD "ADDRESS4" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
+      <w:r w:rsidRPr="001336C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>«ADDRESS4»</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001336C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001336C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD "POSTAL" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
+      <w:r w:rsidRPr="001336C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>«POSTAL»</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001336C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001336C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD "CITY" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E87101">
+      <w:r w:rsidRPr="001336C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>«CITY»</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44F0F756" w14:textId="43DB2042" w:rsidR="00C7280D" w:rsidRDefault="00C7280D" w:rsidP="00E87101">
       <w:pPr>
         <w:ind w:right="1411"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13758599" w14:textId="77777777" w:rsidR="00DD2248" w:rsidRPr="00E87101" w:rsidRDefault="00DD2248" w:rsidP="00E87101">
@@ -835,93 +844,109 @@
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>BE14 6300 1136 1183, en indiquant bien la communication suivante</w:t>
       </w:r>
       <w:r w:rsidR="007429D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87101">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B39088D" w14:textId="59AE46EB" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00DC4528" w:rsidP="00DD2248">
+    <w:p w14:paraId="1B39088D" w14:textId="33B8FEB6" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00DC4528" w:rsidP="00DD2248">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00584247">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CodeUnité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005D47E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007429D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">NISS-Nom-Prénom </w:t>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="001336C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>uméro de registre national</w:t>
+      </w:r>
+      <w:r w:rsidR="007429D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Nom-Prénom </w:t>
       </w:r>
       <w:r w:rsidR="005D47E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>(du donateur ou de la donatrice).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7609CCBB" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71001505" w14:textId="77777777" w:rsidR="00E87101" w:rsidRPr="00E87101" w:rsidRDefault="00E87101" w:rsidP="00DD2248">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1860,157 +1885,159 @@
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00714E66" w:rsidRPr="00714E66">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00836E95">
       <w:rPr>
         <w:rFonts w:ascii="Muli" w:hAnsi="Muli"/>
         <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00202C3E"/>
     <w:rsid w:val="0000490F"/>
     <w:rsid w:val="000B6A25"/>
     <w:rsid w:val="000E45C0"/>
     <w:rsid w:val="00126D08"/>
+    <w:rsid w:val="001336C1"/>
     <w:rsid w:val="001455BC"/>
     <w:rsid w:val="00175E67"/>
     <w:rsid w:val="00196EBC"/>
     <w:rsid w:val="001C3ECA"/>
     <w:rsid w:val="001F0082"/>
     <w:rsid w:val="00202C3E"/>
     <w:rsid w:val="00216A15"/>
     <w:rsid w:val="002447CC"/>
     <w:rsid w:val="00257DAF"/>
     <w:rsid w:val="003B30DE"/>
     <w:rsid w:val="003E78A6"/>
     <w:rsid w:val="004D7CCB"/>
     <w:rsid w:val="004E2E6A"/>
     <w:rsid w:val="005217FA"/>
     <w:rsid w:val="005614B6"/>
     <w:rsid w:val="00584247"/>
     <w:rsid w:val="005D47E2"/>
     <w:rsid w:val="005F673B"/>
     <w:rsid w:val="006043D1"/>
     <w:rsid w:val="006644C6"/>
     <w:rsid w:val="006E097B"/>
     <w:rsid w:val="006F1DEF"/>
     <w:rsid w:val="00714E66"/>
     <w:rsid w:val="007429D9"/>
     <w:rsid w:val="007C3F86"/>
     <w:rsid w:val="007C473A"/>
     <w:rsid w:val="00814FE7"/>
     <w:rsid w:val="00836E95"/>
+    <w:rsid w:val="008D528F"/>
     <w:rsid w:val="008E5D24"/>
     <w:rsid w:val="00927747"/>
     <w:rsid w:val="00A07E19"/>
     <w:rsid w:val="00A73C16"/>
     <w:rsid w:val="00A970E0"/>
     <w:rsid w:val="00AD0CC3"/>
     <w:rsid w:val="00B20AA2"/>
     <w:rsid w:val="00BB5F08"/>
     <w:rsid w:val="00BE33FB"/>
     <w:rsid w:val="00C36096"/>
     <w:rsid w:val="00C67121"/>
     <w:rsid w:val="00C7280D"/>
     <w:rsid w:val="00CC2FAB"/>
     <w:rsid w:val="00D15B96"/>
     <w:rsid w:val="00D43B68"/>
     <w:rsid w:val="00D573D4"/>
     <w:rsid w:val="00DB6A69"/>
     <w:rsid w:val="00DC4528"/>
     <w:rsid w:val="00DD2248"/>
     <w:rsid w:val="00E52AA6"/>
     <w:rsid w:val="00E64923"/>
     <w:rsid w:val="00E87101"/>
     <w:rsid w:val="00ED1E23"/>
     <w:rsid w:val="00ED6891"/>
     <w:rsid w:val="00F37E20"/>
     <w:rsid w:val="00F543E1"/>
     <w:rsid w:val="00F87A30"/>
     <w:rsid w:val="00FF2B66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4E9293B7"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
@@ -2949,86 +2976,86 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA12BC9B-78C0-4119-ABFA-82AC0B0AD06C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>375</Words>
-  <Characters>2068</Characters>
+  <Words>379</Words>
+  <Characters>2087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Les Scouts Asbl
 21, Rue De Dublin
 1050 Bruxelles
 www.Lesscouts.Be</vt:lpstr>
       <vt:lpstr>Evel Modiciur</vt:lpstr>
       <vt:lpstr>Nkjoijd Vkhdoi</vt:lpstr>
       <vt:lpstr>Legal Officer</vt:lpstr>
       <vt:lpstr>T +32 (0)2 213 32 34</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2439</CharactersWithSpaces>
+  <CharactersWithSpaces>2462</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Les Scouts Asbl
 21, Rue De Dublin
 1050 Bruxelles
 www.Lesscouts.Be</dc:title>
   <dc:subject/>
   <dc:creator>Fabien Tielemans</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>